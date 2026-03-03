--- v0 (2025-12-13)
+++ v1 (2026-03-03)
@@ -92,51 +92,51 @@
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Star Inn, Netherton, Northumberland (above) The Netherton and Biddlestone Parish Council has disappointingly declined the opportunity of making an Asset of Community Value (ACV) application for the Star. Having worked hard to secure the pub’s statutory listing, CAMRA is now considering the next steps needed to help safeguard this rare national treasure. The Pub Heritage Group would like to hear from anyone who would be interested in rallying to the cause of giving the Star a future as a pub. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:400pt; height:266pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve"> Bulls Head, Telford, Staffordshire (above) The Bulls Head reopened on 31 October after owner Inglenook Inns undertook a refurbishment of the pub’s previously modernised rooms. The Grade-II listed pub was built in 1838 and is included on the inventory at Three Star status, primarily for the front bar with its spectacular floor-to-ceiling tiling, which was installed around 1904. Two Star heritage pubs </w:t>
+        <w:t xml:space="preserve"> Bulls Head, Telford, Shropshire (above) The Bulls Head reopened on 31 October after owner Inglenook Inns undertook a refurbishment of the pub’s previously modernised rooms. The Grade-II listed pub was built in 1838 and is included on the inventory at Three Star status, primarily for the front bar with its spectacular floor-to-ceiling tiling, which was installed around 1904. Two Star heritage pubs </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:400pt; height:357pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId10" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Lamb and Fountain, Somerset, Frome (above) The Lamb and Fountain is up for sale with an asking price of £650,000. The sale comes with the condition that “it is not for the faint of heart and not to be used as a tourist attraction”, which the Pub Heritage Group hopes to mean that only a buyer sympathetic to its unique character will be considered. The Lamb and Fountain is a wonderfully old-fashioned pub that has operated at least since 1753, with the building itself dating back to the 16th century. It has a multi-room interior with a surviving Victorian bar and has remained unchanged since the 1960s. As well as the pub it also has a large barn to the side which used to be a brewhouse and maltings. Find more information about the sale here. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:400pt; height:266pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">