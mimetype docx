--- v0 (2025-11-16)
+++ v1 (2025-12-08)
@@ -119,51 +119,51 @@
         <w:rPr/>
         <w:t xml:space="preserve">ending the requirement for printed statutory notices in a local newspaper for alcohol licence applications or major variations </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">improving the application process for outdoor trading and pavement licences</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">increasing the number of Temporary Event Notices that can be applied for in each calendar year </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">reviewing the use of blanket policies or restrictions across entire council areas.   Read CAMRA chairman Ash Corbett-Collins’ response to the government’s red tape review of the licensing system here.  Scottish government and parliament  Alcohol advertising restrictions The team wrote to Neil Gray MSP, cabinet secretary for Health asking what the Scottish government’s intentions are on alcohol advertising and sponsorship restrictions.   Planning and permitted development rights The Scottish government opened a consultation on extending permitted development rights, measures that would make it easier to convert buildings into housing without planning permission – including pubs.  The team submitted a response against using pub buildings through these measures to stop even more of these community spaces from being lost to conversion forever.  Welsh government and Senedd Cymru  Business rates reform  The Welsh government’s Draft Budget 2026 to 2027 detailing spending and financing plans has been published.  Finance secretary Mark Drakeford MS made a statement on the draft to the Senedd, where he announced that retail, leisure and hospitality’s 40 per cent business rates relief will end in April 2026.  Retail businesses will soon benefit from a new lower multiplier business rates system, but this will not be extended to pubs despite CAMRA campaigning asking the Welsh government to include these vital community spaces.  The team is contacting MSs, party spokespeople and the Cross-Party Group on Beer on Pubs on the lack of business rates support for pubs in Wales.  CAMRA has also set up an e-lobby for our members in Wales to ask their MSs to back a new lower multiplier business rates system or extend the 40 per cent rates relief for Welsh breweries and pubs.  Email your MS here.</w:t>
+        <w:t xml:space="preserve">reviewing the use of blanket policies or restrictions across entire council areas.   Read CAMRA chairman Ash Corbett-Collins’ response to the government’s red tape review of the licensing system here.  Scottish government and parliament  Alcohol advertising restrictions The team wrote to Neil Gray MSP, cabinet secretary for Health asking what the Scottish government’s intentions are on alcohol advertising and sponsorship restrictions.   Planning and permitted development rights The Scottish government opened a consultation on extending permitted development rights, measures that would make it easier to convert buildings into housing without planning permission – including pubs.  The team submitted a response against using pub buildings through these measures to stop even more of these community spaces from being lost to conversion forever.  Welsh government and Senedd Cymru  Business rates reform  The Welsh government’s Draft Budget 2026 to 2027 detailing spending and financing plans has been published.  Finance secretary Mark Drakeford MS made a statement on the draft to the Senedd, where he announced that retail, leisure and hospitality’s 40 per cent business rates relief will end in April 2026.  Retail businesses will soon benefit from a new lower multiplier business rates system, but this will not be extended to pubs despite CAMRA campaigning asking the Welsh government to include these vital community spaces.  The team is contacting MSs, party spokespeople and the Cross-Party Group on Beer on Pubs on the lack of business rates support for pubs in Wales.  CAMRA has also set up an e-lobby for our members in Wales to ask their MSs to back a new lower multiplier business rates system or extend the 40 per cent rates relief for Welsh breweries and pubs.  Email your MSs here.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">